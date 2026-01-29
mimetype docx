--- v0 (2025-10-29)
+++ v1 (2026-01-29)
@@ -897,233 +897,50 @@
               <w:rPr>
                 <w:color w:val="black"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Ramada by Wyndham Buenos Aires Centro</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="black"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">01/10/2025</w:t>
-[...181 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">01/12/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="black"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">28/02/2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1161,233 +978,50 @@
                 <w:color w:val="black"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">227</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="black"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">222</w:t>
-            </w:r>
-[...181 lines deleted...]
-              <w:t xml:space="preserve">N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="black"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2211,51 +1845,51 @@
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">www.caribbeanchile.cl / +56 2 2993 4200 / contacto@caribbeanchile.cl</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="BD1F4D39"/>
+    <w:nsid w:val="FDA961FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>